--- v0 (2025-10-27)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1341" uniqueCount="518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1589" uniqueCount="611">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -216,51 +216,51 @@
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/623/projeto_de_lei_n_021-2019-l.pdf</t>
   </si>
   <si>
     <t>Estabelece a possibilidade do agendamento telefônico de consultas para pacientes idosos e para pessoas com deficiências já cadastradas nas unidades de saúde do município e da outras Providências.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/624/projeto_de_lei_n_021-2019-l.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/625/projeto_de_lei_n_022-2019-l.pdf</t>
   </si>
   <si>
-    <t>Altera a Lei n° 119512017, que Dispõe sobre o Programa Jovem do Futuro.</t>
+    <t>Altera a Lei n° 1195/2017, que Dispõe sobre o Programa Jovem do Futuro.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_decreto_legislativo_n_001-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Araporã-MG., ao Senhor HUMBERTO BATISTA DA SILVA.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_decreto_legislativo_n_002-2019.pdf</t>
   </si>
@@ -879,179 +879,518 @@
   <si>
     <t>789</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_decreto_legislativo_n_057-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR JOSÉ LUIZ DA SILVA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_decreto_legislativo_n_058-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR VILSON LOURENÇO DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/902/projeto_de_decreto_legislativo_n_059-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR GILSON PEREIRA DA SIL VA.</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/903/projeto_de_decreto_legislativo_n_060-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR GUILHERME GUERINO BORGES.</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/908/projeto_de_decreto_legislativo_n_061-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., ao Senhor Sérgio Henrique Alves Castro.</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/909/projeto_de_decreto_legislativo_n_062-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., Ao Senhor  Jader Carvalho.</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/910/projeto_de_decreto_legislativo_n_063-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., Ao Senhor Mário José De Almeida Gomes.</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/911/projeto_de_decreto_legislativo_n_064-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR FRANCISCO MARQUES GOMES FERREIRA".</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/912/projeto_de_decreto_legislativo_n_065-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR AMARILDO CALDEIRA MORAES.</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/913/projeto_de_decreto_legislativo_n_066-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR ANDERSON DA SIL VA ARRUDA.</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/914/projeto_de_decreto_legislativo_n_067-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR EUR/PEDES FERRANTE.</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/915/projeto_de_decreto_legislativo_n_068-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Araporã-MG., AO SENHOR FERNANDO ARQUES GOMES.</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/916/projeto_de_decreto_legislativo_n_069-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA ELIZANGELA RODRIGUES DA SILVA.</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/917/projeto_de_decreto_legislativo_n_070-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA ELIZABETH LEMOS FERREIRA.</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/918/projeto_de_decreto_legislativo_n_071-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA JULIANA FERNANDES DA SILVA.</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/919/projeto_de_decreto_legislativo_n_072-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA SONIA NAZARÉ DE MELO ARAÚJO.</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/920/projeto_de_decreto_legislativo_n_073-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã/MG., A SENHORA LILIA SOUZA DE FARIA.</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_decreto_legislativo_n_074-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA ROSA MONICA FERREIRA RUFINO SILVA.</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/922/projeto_de_decreto_legislativo_n_075-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA MARIA HELENA DE JESUS SOUZA.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/923/projeto_de_decreto_legislativo_n_076-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA KELLY MARA DE JESUS CORREA BORGES.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/924/projeto_de_decreto_legislativo_n_077-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA SOLANGE FREITAS SANTOS.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/925/projeto_de_decreto_legislativo_n_078-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA ADAIR HONORATO FRAGA.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/926/projeto_de_decreto_legislativo_n_079-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título, de Cidadã Honorária de Araporã-MG., A SENHORA ADRIANE RODRIGUES DA CUNHA BORGES.</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/927/projeto_de_decreto_legislativo_n_080-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., Á SENHORA MARLENE FONTOURA.</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/928/projeto_de_decreto_legislativo_n_081-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA CRISTINA ABADIA OLIVEIRA PANTANO.</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_decreto_legislativo_n_082-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA MARA LUCIA DA SILVA.</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/930/projeto_de_decreto_legislativo_n_083-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidade Honorária de Araporã-MG., A SENHORA SANDRA REGINA DA SILVA.</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/931/projeto_de_decreto_legislativo_n_084-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título , de Cidadã Honorária de Araporã-MG., A SENHORA JULIANA BARCELOS DE FREITAS ZAGO.</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/932/projeto_de_decreto_legislativo_n_085-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., Á SENHORA ELOIDISVANIA MARTINS CRUZ DA SILVA.</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/933/projeto_de_decreto_legislativo_n_086-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA MARIA APARECIDA HILARIO DE PAULA.</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/934/projeto_de_decreto_legislativo_n_087-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA MARIA WAIVDERLEIA DA SJL VA DIAS.</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_de_decreto_legislativo_n_088-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA FATIMA CAMASSO DE OLIVEIRA.</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/936/projeto_de_decreto_legislativo_n_089-2019.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Honorária de Araporã-MG., A SENHORA ADIRCE ALVES GONÇALVES.</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_001-2019.pdf</t>
   </si>
   <si>
     <t>Conceder a isenção de IPTU aos aposentados e pensionistas de baixa renda, que são proprietários de um único imóvel.</t>
   </si>
   <si>
-    <t>64</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/64/indicacao_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Projeto de Lei para conceder redução de 30% na carga horária de trabalho, sem a redução do salário nem a necessidade de reposição, de mãe ou responsável que possuam algum dependente portador de síndrome de Down, Autismo, deficiência física, mental e/ou motora severa.</t>
   </si>
   <si>
-    <t>65</t>
-[...1 lines deleted...]
-  <si>
     <t>Sebastião Claudenisio da Silva</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/65/indicacao_n_003-2019.pdf</t>
   </si>
   <si>
     <t>Contratar uma pessoa para ministrar palestra nas escolas de nosso município, juntamente com os pais, com assuntos sobre prevenção do consumo de drogas.</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/66/indicacao_n_004-2019.pdf</t>
   </si>
   <si>
     <t>Aumentar pagamento de insalubridade aos garis do Município de Araporã (MG), elevando ao grau máximo de 40% (quarenta por cento).</t>
   </si>
   <si>
-    <t>67</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/67/indicacao_n_005-2019.pdf</t>
   </si>
   <si>
     <t>Conceder a isenção de IPTU aos aposentados e pensionistas de baixa renda, que são proprietários de um único.</t>
   </si>
   <si>
-    <t>68</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/68/indicacao_n_006-2019.pdf</t>
   </si>
   <si>
     <t>Conceder redução de 30% na carga horária de trabalho, sem a redução do salário nem a necessidade de reposição.</t>
   </si>
   <si>
-    <t>69</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/69/indicacao_n_007-2019.pdf</t>
   </si>
   <si>
-    <t>71</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_n_009-2019.pdf</t>
   </si>
   <si>
     <t>Doação de lote com 1000 metros quadrados no Setor Industrial para a Empresa Fredson Souza Nascimento-ME.</t>
   </si>
   <si>
-    <t>75</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_010-2019.pdf</t>
   </si>
   <si>
     <t>Firmar Acordo de cooperação com Instituto Master de Ensino Presidente Antônio Carlos - IMEPAC.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_n_011-2019.pdf</t>
   </si>
   <si>
     <t>Criar uma unidade do PROCON em nosso Município</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/94/imdicacao_n_012-2019.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Câmara Municipal, o Projeto de Lei que Autoriza o Poder Executivo à instituir Campanha de Controle Populacional de cães e gatos no Município de Araporã MG, e dá outras providências.</t>
   </si>
   <si>
-    <t>70</t>
-[...1 lines deleted...]
-  <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/70/mocao_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Solidariedade com os familiares e amigos do Senhor Valdivino Sebastião Borges (Divino Borges).</t>
   </si>
   <si>
-    <t>72</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/72/mocao_n_003-2019.pdf</t>
   </si>
   <si>
     <t>Cumprimenta e agradece a Senhora Prefeita Municipal Renata Cristina Silva Borges pelo convênio realizado com a Escola de Fisk</t>
   </si>
   <si>
-    <t>88</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/88/mocao_n_005-2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Sra Prefeita Renata Cristina Silva Borges pela Obra Inaugurada , o Lago Bem Viver "Divino Borges" e demais obras.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/3/requerimento_n_001-2019.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de estar fazendo as sinalizações horizontais e verticais e nomes das ruas dos setores Jardim das Palmeiras e Residencial Madri.</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/4/requerimento_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade do município estar dando continuidade na confecção de identidades para as pessoas de nossa cidade que estão precisando.</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/5/requerimento_n_003-2019.pdf</t>
@@ -1353,207 +1692,147 @@
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_n_053-2019.pdf</t>
   </si>
   <si>
     <t>Providências urgentes para sanar as demandas de reforma e conservação da Ponte Afonso Pena.</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_n_054-2019.pdf</t>
   </si>
   <si>
     <t>Providências urgentes para a instalação de semáforos na Ponte Afonso Pena.</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/57/requerimento_n_055-2019.pdf</t>
   </si>
   <si>
     <t>Fazer todos os reparos necessários na praça da Bíblia.</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/58/requerimento_n_056-2019.pdf</t>
   </si>
   <si>
     <t>Apresentar as informações quanto ao aterro sanitário.</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/59/requerimento_n_057-2019.pdf</t>
   </si>
   <si>
     <t>Instalar pontos de coleta seletiva nos prédios públicos.</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/60/requerimento_n_058-2019.pdf</t>
   </si>
   <si>
     <t>Implantar um dia específico para o recolhimento da coleta seletiva.</t>
   </si>
   <si>
-    <t>73</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/73/requerimento_n_059-2019.pdf</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/61/requerimento_n_060-2019.pdf</t>
   </si>
   <si>
     <t>Instalar coberturas nos parques das escolas da rede Municipal.</t>
   </si>
   <si>
-    <t>74</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/74/requerimento_n_061-2019.pdf</t>
   </si>
   <si>
     <t>Explicar os motivos ensejadores do impedimento de alguns alunos entrarem nas escolas com vestimentas tidas como fora do “padrão”.</t>
   </si>
   <si>
-    <t>62</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/62/requerimento_n_062-2019.pdf</t>
   </si>
   <si>
     <t>Informações do Executivo Municipal da possibilidade de estar doando terrenos para as Igrejas Evangélicas de nosso município.</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/63/requerimento_n_063-2019.pdf</t>
   </si>
   <si>
     <t>Atendendo a solicitação dos servidores públicos do município, os quais têm o direito de receberem a insalubridade, que foram suspensas.</t>
   </si>
   <si>
-    <t>76</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_n_064-2019.pdf</t>
   </si>
   <si>
     <t>Informacões sobre Projeto de Lei n° 013/2019</t>
   </si>
   <si>
-    <t>77</t>
-[...1 lines deleted...]
-  <si>
     <t>Realizar a topografia das vias públicas que circundam o terreno doado para Maçonaria.</t>
   </si>
   <si>
-    <t>78</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_n_066-2019.pdf</t>
   </si>
   <si>
     <t>Que seja enviado para esta Casa informações sobre a lista de espera das pessoas que aguardam por cirurgias.</t>
   </si>
   <si>
-    <t>79</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/79/requerimento_n_067-2019.pdf</t>
   </si>
   <si>
     <t>Ver a possibilidade de que seja feita a rede elétrica na rua João soares de souza, quadra 6, lote 19, setor Zequinha Cachoeira</t>
   </si>
   <si>
-    <t>80</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_n_068-2019.pdf</t>
   </si>
   <si>
     <t>Inclui os cursos de Pedagogia e Odontologia no convênio firmado entre a Prefeitura de Araporã e a Faculdade Unifasc.</t>
   </si>
   <si>
-    <t>81</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/81/requerimento_n_069-2019.pdf</t>
   </si>
   <si>
     <t>Apresentar prestação de contar da obra do aterro sanitário</t>
   </si>
   <si>
-    <t>82</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/82/requerimento_n_070-2019.pdf</t>
   </si>
   <si>
     <t>Enviar para esta casa informações sobre a porcentagem do esgoto que é tratado no município.</t>
   </si>
   <si>
-    <t>83</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_n_071-2019.pdf</t>
   </si>
   <si>
     <t>Tapar os buracos da rua Edson Luiz Ferreira.</t>
   </si>
   <si>
-    <t>84</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_n_072-2019.pdf</t>
   </si>
   <si>
     <t>Adota providencias necessária a CONVOCAR  o secretário de Finança da Prefeitura Municipal de Araporã, Senhor Cílio Vargas Ferreira para comparecer no Plenário a fim de prestar informações e esclarecimentos a esta Casa sobre o Orçamento e a Receita do Exercício de 2018.</t>
   </si>
   <si>
-    <t>85</t>
-[...1 lines deleted...]
-  <si>
     <t>Enviar a esta casa informações sobre a quantidade de casas que existem no município, o valor arrecadado com IPTU ano passado e o valor não pago pelos moradores.</t>
   </si>
   <si>
-    <t>86</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomar as devidas providências quanto aos diversos problemas decorrentes da péssima infraestrutura do Setor Industrial.</t>
   </si>
   <si>
-    <t>87</t>
-[...1 lines deleted...]
-  <si>
     <t>Implantar tela de proteção na quadra de areia do Lago Bem Viver.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_n_077-2019.pdf</t>
   </si>
   <si>
     <t>Resolver problemas na feira livre que é realizada no espaço Chico do Pim.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/90/requerimento_n_078-2019.pdf</t>
   </si>
   <si>
     <t>Enviar a esta casa informações a respeito dos Lotes que foram, tomados para a construção do Lago Bem Viver.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/96/requerimento_n_079-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Plenário que delibere acerca da possibilidade de antecipação da data de realização da última reunião  ordinária do ano de 2019 e da eleição da mesa diretora para o dia 05/12/2019 às 16:00 horas.</t>
   </si>
@@ -1911,56 +2190,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/612/projeto_de_lei_n_001-2019-l.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/613/projeto_de_lei_n_003-2019-l.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/614/projeto_de_lei_n_008-2019-l.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/615/projeto_de_lei_n_009-2019-l.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/616/projeto_de_lei_n_010-2019-l.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_lei_n_011-2019-l.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/618/projeto_de_lei_n_012-2019-l.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/619/projeto_de_lei_n_013-2019-l.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_016-2019-l.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_n_017-2019-l.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/622/projeto_de_lei_n_018-2019-l.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/623/projeto_de_lei_n_021-2019-l.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/624/projeto_de_lei_n_021-2019-l.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/625/projeto_de_lei_n_022-2019-l.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_decreto_legislativo_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_decreto_legislativo_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_decreto_legislativo_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_decreto_legislativo_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/737/projeto_de_decreto_legislativo_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/738/projeto_de_decreto_legislativo_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/739/projeto_de_decreto_legislativo_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/740/projeto_de_decreto_legislativo_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/741/projeto_de_decreto_legislativo_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/742/projeto_de_decreto_legislativo_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/743/projeto_de_decreto_legislativo_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/744/projeto_de_decreto_legislativo_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/745/projeto_de_decreto_legislativo_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/746/projeto_de_decreto_legislativo_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/747/projeto_de_decreto_legislativo_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/748/projeto_de_decreto_legislativo_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/749/projeto_de_decreto_legislativo_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_decreto_legislativo_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_decreto_legislativo_n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_decreto_legislativo_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_decreto_legislativo_n_021-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_decreto_legislativo_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_decreto_legislativo_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/756/projeto_de_decreto_legislativo_n_024-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/757/projeto_de_decreto_legislativo_n_025-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/758/projeto_de_decreto_legislativo_n_026-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/759/projeto_de_decreto_legislativo_n_027-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_de_decreto_legislativo_n_028-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_de_decreto_legislativo_n_029-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_de_decreto_legislativo_n_030-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_de_decreto_legislativo_n_031-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_de_decreto_legislativo_n_032-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_decreto_legislativo_n_033-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_de_decreto_legislativo_n_034-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_de_decreto_legislativo_n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/768/projeto_de_decreto_legislativo_n_036-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_decreto_legislativo_n_037-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_decreto_legislativo_n_038-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_decreto_legislativo_n_039-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_decreto_legislativo_n_040-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_decreto_legislativo_n_041-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/774/projeto_de_decreto_legislativo_n_042-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_de_decreto_legislativo_n_043-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_de_decreto_legislativo_n_044-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_de_decreto_legislativo_n_045-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_de_decreto_legislativo_n_046-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_decreto_legislativo_n_047-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_decreto_legislativo_n_048-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_decreto_legislativo_n_049-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_decreto_legislativo_n_050-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_decreto_legislativo_n_051-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_decreto_legislativo_n_052-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_de_decreto_legislativo_n_053-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_de_decreto_legislativo_n_054-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_decreto_legislativo_n_055-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_decreto_legislativo_n_057-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_decreto_legislativo_n_058-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/64/indicacao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/65/indicacao_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/66/indicacao_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/67/indicacao_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/68/indicacao_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/69/indicacao_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/94/imdicacao_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/70/mocao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/72/mocao_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/88/mocao_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/3/requerimento_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/4/requerimento_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/5/requerimento_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/6/requerimento_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/8/requerimento_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/10/requerimento_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/11/requerimento_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/12/requerimento_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/13/requerimento_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/14/requerimento_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/15/requerimento_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/16/requerimento_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/17/requerimento_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/18/requerimento_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/19/requerimento_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/20/requerimento_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/21/requerimento_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/22/requerimento_n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/23/requerimento_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/25/requerimento_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/26/requerimento_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/27/requerimento_n_024-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/28/requerimento_n_025-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/29/requerimento_n_026-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/30/requerimento_n_027-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/31/requerimento_n_028-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/32/requerimento_n_029-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/33/requerimento_n_030-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/34/requerimento_n_031-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/35/requerimento_n_032-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/36/requerimento_n_033-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/37/requerimento_n_034-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/38/requerimento_n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/39/requerimento_n_036-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/40/requerimento_n_037-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/41/requerimento_n_038-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/42/requerimento_n_039-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/43/requerimento_n_040-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/44/requerimento_n_041-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/2/requerimento_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/45/requerimento_n_043-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/46/requerimento_n_044-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/47/requerimento_n_045-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/48/requerimento_n_046-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/49/requerimento_n_047-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/50/requerimento_n_048-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/51/requerimento_n_049-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/52/requerimento_n_050-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/53/requerimento_n_051-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/54/requerimento_n_052-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_n_053-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_n_054-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/57/requerimento_n_055-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/58/requerimento_n_056-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/59/requerimento_n_057-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/60/requerimento_n_058-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/73/requerimento_n_059-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/61/requerimento_n_060-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/74/requerimento_n_061-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/62/requerimento_n_062-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/63/requerimento_n_063-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_n_064-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_n_066-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/79/requerimento_n_067-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_n_068-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/81/requerimento_n_069-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/82/requerimento_n_070-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_n_071-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_n_072-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_n_077-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/90/requerimento_n_078-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/96/requerimento_n_079-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/92/requerimento_n_080-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_n_081-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/95/requerimento_n_082-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/612/projeto_de_lei_n_001-2019-l.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/613/projeto_de_lei_n_003-2019-l.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/614/projeto_de_lei_n_008-2019-l.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/615/projeto_de_lei_n_009-2019-l.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/616/projeto_de_lei_n_010-2019-l.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_lei_n_011-2019-l.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/618/projeto_de_lei_n_012-2019-l.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/619/projeto_de_lei_n_013-2019-l.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/620/projeto_de_lei_n_016-2019-l.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/621/projeto_de_lei_n_017-2019-l.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/622/projeto_de_lei_n_018-2019-l.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/623/projeto_de_lei_n_021-2019-l.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/624/projeto_de_lei_n_021-2019-l.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/625/projeto_de_lei_n_022-2019-l.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_de_decreto_legislativo_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_de_decreto_legislativo_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_de_decreto_legislativo_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_decreto_legislativo_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/737/projeto_de_decreto_legislativo_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/738/projeto_de_decreto_legislativo_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/739/projeto_de_decreto_legislativo_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/740/projeto_de_decreto_legislativo_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/741/projeto_de_decreto_legislativo_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/742/projeto_de_decreto_legislativo_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/743/projeto_de_decreto_legislativo_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/744/projeto_de_decreto_legislativo_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/745/projeto_de_decreto_legislativo_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/746/projeto_de_decreto_legislativo_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/747/projeto_de_decreto_legislativo_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/748/projeto_de_decreto_legislativo_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/749/projeto_de_decreto_legislativo_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_decreto_legislativo_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_decreto_legislativo_n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_decreto_legislativo_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_decreto_legislativo_n_021-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_decreto_legislativo_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_decreto_legislativo_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/756/projeto_de_decreto_legislativo_n_024-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/757/projeto_de_decreto_legislativo_n_025-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/758/projeto_de_decreto_legislativo_n_026-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/759/projeto_de_decreto_legislativo_n_027-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_de_decreto_legislativo_n_028-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_de_decreto_legislativo_n_029-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_de_decreto_legislativo_n_030-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_de_decreto_legislativo_n_031-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_de_decreto_legislativo_n_032-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_decreto_legislativo_n_033-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_de_decreto_legislativo_n_034-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_de_decreto_legislativo_n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/768/projeto_de_decreto_legislativo_n_036-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_decreto_legislativo_n_037-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_decreto_legislativo_n_038-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_decreto_legislativo_n_039-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_decreto_legislativo_n_040-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_decreto_legislativo_n_041-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/774/projeto_de_decreto_legislativo_n_042-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_de_decreto_legislativo_n_043-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_de_decreto_legislativo_n_044-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_de_decreto_legislativo_n_045-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_de_decreto_legislativo_n_046-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_decreto_legislativo_n_047-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_decreto_legislativo_n_048-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_decreto_legislativo_n_049-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_decreto_legislativo_n_050-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_decreto_legislativo_n_051-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_decreto_legislativo_n_052-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_de_decreto_legislativo_n_053-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_de_decreto_legislativo_n_054-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_decreto_legislativo_n_055-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_decreto_legislativo_n_057-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_decreto_legislativo_n_058-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/902/projeto_de_decreto_legislativo_n_059-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/903/projeto_de_decreto_legislativo_n_060-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/908/projeto_de_decreto_legislativo_n_061-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/909/projeto_de_decreto_legislativo_n_062-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/910/projeto_de_decreto_legislativo_n_063-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/911/projeto_de_decreto_legislativo_n_064-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/912/projeto_de_decreto_legislativo_n_065-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/913/projeto_de_decreto_legislativo_n_066-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/914/projeto_de_decreto_legislativo_n_067-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/915/projeto_de_decreto_legislativo_n_068-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/916/projeto_de_decreto_legislativo_n_069-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/917/projeto_de_decreto_legislativo_n_070-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/918/projeto_de_decreto_legislativo_n_071-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/919/projeto_de_decreto_legislativo_n_072-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/920/projeto_de_decreto_legislativo_n_073-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_decreto_legislativo_n_074-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/922/projeto_de_decreto_legislativo_n_075-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/923/projeto_de_decreto_legislativo_n_076-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/924/projeto_de_decreto_legislativo_n_077-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/925/projeto_de_decreto_legislativo_n_078-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/926/projeto_de_decreto_legislativo_n_079-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/927/projeto_de_decreto_legislativo_n_080-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/928/projeto_de_decreto_legislativo_n_081-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_decreto_legislativo_n_082-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/930/projeto_de_decreto_legislativo_n_083-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/931/projeto_de_decreto_legislativo_n_084-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/932/projeto_de_decreto_legislativo_n_085-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/933/projeto_de_decreto_legislativo_n_086-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/934/projeto_de_decreto_legislativo_n_087-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_de_decreto_legislativo_n_088-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/936/projeto_de_decreto_legislativo_n_089-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/64/indicacao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/65/indicacao_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/66/indicacao_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/67/indicacao_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/68/indicacao_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/69/indicacao_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/94/imdicacao_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/70/mocao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/72/mocao_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/88/mocao_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/3/requerimento_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/4/requerimento_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/5/requerimento_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/6/requerimento_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/8/requerimento_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/10/requerimento_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/11/requerimento_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/12/requerimento_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/13/requerimento_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/14/requerimento_n_011-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/15/requerimento_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/16/requerimento_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/17/requerimento_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/18/requerimento_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/19/requerimento_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/20/requerimento_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/21/requerimento_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/22/requerimento_n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/23/requerimento_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/25/requerimento_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/26/requerimento_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/27/requerimento_n_024-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/28/requerimento_n_025-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/29/requerimento_n_026-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/30/requerimento_n_027-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/31/requerimento_n_028-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/32/requerimento_n_029-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/33/requerimento_n_030-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/34/requerimento_n_031-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/35/requerimento_n_032-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/36/requerimento_n_033-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/37/requerimento_n_034-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/38/requerimento_n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/39/requerimento_n_036-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/40/requerimento_n_037-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/41/requerimento_n_038-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/42/requerimento_n_039-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/43/requerimento_n_040-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/44/requerimento_n_041-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/2/requerimento_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/45/requerimento_n_043-2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/46/requerimento_n_044-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/47/requerimento_n_045-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/48/requerimento_n_046-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/49/requerimento_n_047-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/50/requerimento_n_048-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/51/requerimento_n_049-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/52/requerimento_n_050-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/53/requerimento_n_051-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/54/requerimento_n_052-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/55/requerimento_n_053-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/56/requerimento_n_054-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/57/requerimento_n_055-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/58/requerimento_n_056-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/59/requerimento_n_057-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/60/requerimento_n_058-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/73/requerimento_n_059-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/61/requerimento_n_060-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/74/requerimento_n_061-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/62/requerimento_n_062-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/63/requerimento_n_063-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_n_064-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_n_066-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/79/requerimento_n_067-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_n_068-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/81/requerimento_n_069-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/82/requerimento_n_070-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_n_071-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_n_072-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_n_077-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/90/requerimento_n_078-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/96/requerimento_n_079-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/92/requerimento_n_080-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_n_081-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2019/95/requerimento_n_082-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H168"/>
+  <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="113.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3829,2510 +4108,3316 @@
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>286</v>
       </c>
       <c r="D73" t="s">
         <v>70</v>
       </c>
       <c r="E73" t="s">
         <v>71</v>
       </c>
       <c r="F73" t="s">
         <v>31</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H73" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>10</v>
+        <v>289</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>290</v>
       </c>
       <c r="D74" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E74" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F74" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>291</v>
       </c>
       <c r="H74" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>293</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>75</v>
+        <v>294</v>
       </c>
       <c r="D75" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E75" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F75" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H75" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>17</v>
+        <v>298</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E76" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F76" t="s">
-        <v>297</v>
+        <v>31</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H76" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>82</v>
+        <v>302</v>
       </c>
       <c r="D77" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E77" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F77" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H77" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>86</v>
+        <v>306</v>
       </c>
       <c r="D78" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E78" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F78" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="H78" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>90</v>
+        <v>310</v>
       </c>
       <c r="D79" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E79" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F79" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="H79" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="D80" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E80" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F80" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H80" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>26</v>
+        <v>318</v>
       </c>
       <c r="D81" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E81" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F81" t="s">
         <v>31</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="H81" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>30</v>
+        <v>322</v>
       </c>
       <c r="D82" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E82" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="H82" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>35</v>
+        <v>326</v>
       </c>
       <c r="D83" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E83" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F83" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="H83" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>38</v>
+        <v>330</v>
       </c>
       <c r="D84" t="s">
-        <v>289</v>
+        <v>70</v>
       </c>
       <c r="E84" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="F84" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="H84" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>75</v>
+        <v>334</v>
       </c>
       <c r="D85" t="s">
-        <v>324</v>
+        <v>70</v>
       </c>
       <c r="E85" t="s">
-        <v>325</v>
+        <v>71</v>
+      </c>
+      <c r="F85" t="s">
+        <v>31</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="H85" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>17</v>
+        <v>338</v>
       </c>
       <c r="D86" t="s">
-        <v>324</v>
+        <v>70</v>
       </c>
       <c r="E86" t="s">
-        <v>325</v>
+        <v>71</v>
       </c>
       <c r="F86" t="s">
         <v>31</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="H86" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>86</v>
+        <v>342</v>
       </c>
       <c r="D87" t="s">
-        <v>324</v>
+        <v>70</v>
       </c>
       <c r="E87" t="s">
-        <v>325</v>
+        <v>71</v>
       </c>
       <c r="F87" t="s">
         <v>31</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H87" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>17</v>
+        <v>345</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>346</v>
       </c>
       <c r="D88" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E88" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F88" t="s">
         <v>31</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="H88" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>82</v>
+        <v>349</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>75</v>
+        <v>350</v>
       </c>
       <c r="D89" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E89" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F89" t="s">
         <v>31</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="H89" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>86</v>
+        <v>353</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="D90" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E90" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F90" t="s">
         <v>31</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="H90" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>90</v>
+        <v>357</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>82</v>
+        <v>358</v>
       </c>
       <c r="D91" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E91" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F91" t="s">
         <v>31</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="H91" t="s">
-        <v>343</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>94</v>
+        <v>361</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>86</v>
+        <v>362</v>
       </c>
       <c r="D92" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E92" t="s">
-        <v>335</v>
+        <v>71</v>
+      </c>
+      <c r="F92" t="s">
+        <v>31</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>279</v>
+        <v>363</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>364</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>22</v>
+        <v>365</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>90</v>
+        <v>366</v>
       </c>
       <c r="D93" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E93" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F93" t="s">
         <v>31</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>345</v>
+        <v>367</v>
       </c>
       <c r="H93" t="s">
-        <v>346</v>
+        <v>368</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>30</v>
+        <v>369</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>94</v>
+        <v>370</v>
       </c>
       <c r="D94" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E94" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F94" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="H94" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>35</v>
+        <v>373</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>22</v>
+        <v>374</v>
       </c>
       <c r="D95" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E95" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F95" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>349</v>
+        <v>375</v>
       </c>
       <c r="H95" t="s">
-        <v>350</v>
+        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>38</v>
+        <v>377</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>26</v>
+        <v>378</v>
       </c>
       <c r="D96" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E96" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F96" t="s">
         <v>31</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
       <c r="H96" t="s">
-        <v>352</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>42</v>
+        <v>381</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>30</v>
+        <v>382</v>
       </c>
       <c r="D97" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E97" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F97" t="s">
         <v>31</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>353</v>
+        <v>383</v>
       </c>
       <c r="H97" t="s">
-        <v>354</v>
+        <v>384</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>116</v>
+        <v>385</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>35</v>
+        <v>386</v>
       </c>
       <c r="D98" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E98" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>355</v>
+        <v>387</v>
       </c>
       <c r="H98" t="s">
-        <v>356</v>
+        <v>388</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>120</v>
+        <v>389</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>38</v>
+        <v>390</v>
       </c>
       <c r="D99" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E99" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>357</v>
+        <v>391</v>
       </c>
       <c r="H99" t="s">
-        <v>358</v>
+        <v>392</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>46</v>
+        <v>393</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>42</v>
+        <v>394</v>
       </c>
       <c r="D100" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E100" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>359</v>
+        <v>395</v>
       </c>
       <c r="H100" t="s">
-        <v>360</v>
+        <v>396</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>50</v>
+        <v>397</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>116</v>
+        <v>398</v>
       </c>
       <c r="D101" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E101" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>361</v>
+        <v>399</v>
       </c>
       <c r="H101" t="s">
-        <v>362</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>54</v>
+        <v>401</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>120</v>
+        <v>402</v>
       </c>
       <c r="D102" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E102" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F102" t="s">
         <v>31</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>363</v>
+        <v>403</v>
       </c>
       <c r="H102" t="s">
-        <v>364</v>
+        <v>404</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>58</v>
+        <v>405</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>46</v>
+        <v>406</v>
       </c>
       <c r="D103" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E103" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F103" t="s">
         <v>31</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>365</v>
+        <v>407</v>
       </c>
       <c r="H103" t="s">
-        <v>366</v>
+        <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>136</v>
+        <v>409</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>50</v>
+        <v>410</v>
       </c>
       <c r="D104" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="E104" t="s">
-        <v>335</v>
+        <v>71</v>
       </c>
       <c r="F104" t="s">
         <v>31</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>367</v>
+        <v>411</v>
       </c>
       <c r="H104" t="s">
-        <v>368</v>
+        <v>412</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E105" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F105" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>369</v>
+        <v>415</v>
       </c>
       <c r="H105" t="s">
-        <v>370</v>
+        <v>416</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>66</v>
+        <v>310</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="D106" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E106" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F106" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>371</v>
+        <v>417</v>
       </c>
       <c r="H106" t="s">
-        <v>372</v>
+        <v>418</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>146</v>
+        <v>314</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E107" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F107" t="s">
-        <v>18</v>
+        <v>419</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>373</v>
+        <v>420</v>
       </c>
       <c r="H107" t="s">
-        <v>374</v>
+        <v>421</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>150</v>
+        <v>318</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="D108" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E108" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F108" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>279</v>
+        <v>422</v>
       </c>
       <c r="H108" t="s">
-        <v>375</v>
+        <v>423</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>154</v>
+        <v>322</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="D109" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E109" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F109" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>376</v>
+        <v>424</v>
       </c>
       <c r="H109" t="s">
-        <v>377</v>
+        <v>425</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>158</v>
+        <v>326</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="D110" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E110" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F110" t="s">
-        <v>378</v>
+        <v>59</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>379</v>
+        <v>426</v>
       </c>
       <c r="H110" t="s">
-        <v>380</v>
+        <v>427</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>162</v>
+        <v>330</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="D111" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E111" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F111" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>381</v>
+        <v>428</v>
       </c>
       <c r="H111" t="s">
-        <v>382</v>
+        <v>423</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>166</v>
+        <v>338</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>154</v>
+        <v>26</v>
       </c>
       <c r="D112" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E112" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F112" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>383</v>
+        <v>429</v>
       </c>
       <c r="H112" t="s">
-        <v>384</v>
+        <v>430</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>170</v>
+        <v>354</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="D113" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E113" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F113" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>385</v>
+        <v>431</v>
       </c>
       <c r="H113" t="s">
-        <v>386</v>
+        <v>432</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>174</v>
+        <v>433</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>162</v>
+        <v>35</v>
       </c>
       <c r="D114" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E114" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F114" t="s">
         <v>18</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>387</v>
+        <v>434</v>
       </c>
       <c r="H114" t="s">
-        <v>388</v>
+        <v>435</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>178</v>
+        <v>436</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>166</v>
+        <v>38</v>
       </c>
       <c r="D115" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="E115" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="F115" t="s">
         <v>18</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>389</v>
+        <v>437</v>
       </c>
       <c r="H115" t="s">
-        <v>390</v>
+        <v>438</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>182</v>
+        <v>334</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>170</v>
+        <v>75</v>
       </c>
       <c r="D116" t="s">
-        <v>334</v>
+        <v>439</v>
       </c>
       <c r="E116" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>440</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>391</v>
+        <v>441</v>
       </c>
       <c r="H116" t="s">
-        <v>392</v>
+        <v>442</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>186</v>
+        <v>342</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="D117" t="s">
-        <v>334</v>
+        <v>439</v>
       </c>
       <c r="E117" t="s">
-        <v>335</v>
+        <v>440</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>393</v>
+        <v>443</v>
       </c>
       <c r="H117" t="s">
-        <v>394</v>
+        <v>444</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>190</v>
+        <v>406</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>178</v>
+        <v>86</v>
       </c>
       <c r="D118" t="s">
-        <v>334</v>
+        <v>439</v>
       </c>
       <c r="E118" t="s">
-        <v>335</v>
+        <v>440</v>
       </c>
       <c r="F118" t="s">
         <v>31</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>395</v>
+        <v>445</v>
       </c>
       <c r="H118" t="s">
-        <v>396</v>
+        <v>446</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E119" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F119" t="s">
         <v>31</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>397</v>
+        <v>449</v>
       </c>
       <c r="H119" t="s">
-        <v>398</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>198</v>
+        <v>82</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>186</v>
+        <v>75</v>
       </c>
       <c r="D120" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E120" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F120" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>399</v>
+        <v>451</v>
       </c>
       <c r="H120" t="s">
-        <v>400</v>
+        <v>452</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>202</v>
+        <v>86</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
       <c r="D121" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E121" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F121" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>401</v>
+        <v>453</v>
       </c>
       <c r="H121" t="s">
-        <v>402</v>
+        <v>454</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>206</v>
+        <v>90</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="D122" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E122" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F122" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>403</v>
+        <v>455</v>
       </c>
       <c r="H122" t="s">
-        <v>404</v>
+        <v>456</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>210</v>
+        <v>94</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>198</v>
+        <v>86</v>
       </c>
       <c r="D123" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E123" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>448</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>405</v>
+        <v>279</v>
       </c>
       <c r="H123" t="s">
-        <v>406</v>
+        <v>457</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>202</v>
+        <v>90</v>
       </c>
       <c r="D124" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E124" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F124" t="s">
         <v>31</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>407</v>
+        <v>458</v>
       </c>
       <c r="H124" t="s">
-        <v>408</v>
+        <v>459</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>218</v>
+        <v>30</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>206</v>
+        <v>94</v>
       </c>
       <c r="D125" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E125" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F125" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="H125" t="s">
-        <v>374</v>
+        <v>461</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>222</v>
+        <v>35</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>210</v>
+        <v>22</v>
       </c>
       <c r="D126" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E126" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F126" t="s">
         <v>18</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>410</v>
+        <v>462</v>
       </c>
       <c r="H126" t="s">
-        <v>411</v>
+        <v>463</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>226</v>
+        <v>38</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>214</v>
+        <v>26</v>
       </c>
       <c r="D127" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E127" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F127" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>412</v>
+        <v>464</v>
       </c>
       <c r="H127" t="s">
-        <v>413</v>
+        <v>465</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>230</v>
+        <v>42</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>218</v>
+        <v>30</v>
       </c>
       <c r="D128" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E128" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F128" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>414</v>
+        <v>466</v>
       </c>
       <c r="H128" t="s">
-        <v>415</v>
+        <v>467</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>222</v>
+        <v>35</v>
       </c>
       <c r="D129" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E129" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F129" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>416</v>
+        <v>468</v>
       </c>
       <c r="H129" t="s">
-        <v>417</v>
+        <v>469</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>234</v>
+        <v>120</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>226</v>
+        <v>38</v>
       </c>
       <c r="D130" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E130" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F130" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>418</v>
+        <v>470</v>
       </c>
       <c r="H130" t="s">
-        <v>419</v>
+        <v>471</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>238</v>
+        <v>46</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>230</v>
+        <v>42</v>
       </c>
       <c r="D131" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E131" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F131" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>420</v>
+        <v>472</v>
       </c>
       <c r="H131" t="s">
-        <v>421</v>
+        <v>473</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>242</v>
+        <v>50</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>234</v>
+        <v>116</v>
       </c>
       <c r="D132" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E132" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F132" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>422</v>
+        <v>474</v>
       </c>
       <c r="H132" t="s">
-        <v>423</v>
+        <v>475</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>246</v>
+        <v>54</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>238</v>
+        <v>120</v>
       </c>
       <c r="D133" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E133" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F133" t="s">
         <v>31</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>424</v>
+        <v>476</v>
       </c>
       <c r="H133" t="s">
-        <v>425</v>
+        <v>477</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>250</v>
+        <v>58</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>242</v>
+        <v>46</v>
       </c>
       <c r="D134" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E134" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F134" t="s">
         <v>31</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>426</v>
+        <v>478</v>
       </c>
       <c r="H134" t="s">
-        <v>427</v>
+        <v>479</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>254</v>
+        <v>136</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>246</v>
+        <v>50</v>
       </c>
       <c r="D135" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E135" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F135" t="s">
-        <v>297</v>
+        <v>31</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>428</v>
+        <v>480</v>
       </c>
       <c r="H135" t="s">
-        <v>429</v>
+        <v>481</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>258</v>
+        <v>63</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>250</v>
+        <v>54</v>
       </c>
       <c r="D136" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E136" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F136" t="s">
-        <v>430</v>
+        <v>31</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>431</v>
+        <v>482</v>
       </c>
       <c r="H136" t="s">
-        <v>432</v>
+        <v>483</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>262</v>
+        <v>66</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>254</v>
+        <v>58</v>
       </c>
       <c r="D137" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E137" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>433</v>
+        <v>484</v>
       </c>
       <c r="H137" t="s">
-        <v>434</v>
+        <v>485</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>266</v>
+        <v>146</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>258</v>
+        <v>136</v>
       </c>
       <c r="D138" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E138" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F138" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>435</v>
+        <v>486</v>
       </c>
       <c r="H138" t="s">
-        <v>436</v>
+        <v>487</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>270</v>
+        <v>150</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>262</v>
+        <v>63</v>
       </c>
       <c r="D139" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E139" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F139" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>437</v>
+        <v>279</v>
       </c>
       <c r="H139" t="s">
-        <v>438</v>
+        <v>488</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>274</v>
+        <v>154</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>266</v>
+        <v>66</v>
       </c>
       <c r="D140" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E140" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>439</v>
+        <v>489</v>
       </c>
       <c r="H140" t="s">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>278</v>
+        <v>158</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>270</v>
+        <v>146</v>
       </c>
       <c r="D141" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E141" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>491</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>441</v>
+        <v>492</v>
       </c>
       <c r="H141" t="s">
-        <v>442</v>
+        <v>493</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>282</v>
+        <v>162</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>274</v>
+        <v>150</v>
       </c>
       <c r="D142" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E142" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F142" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>443</v>
+        <v>494</v>
       </c>
       <c r="H142" t="s">
-        <v>444</v>
+        <v>495</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>286</v>
+        <v>166</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>278</v>
+        <v>154</v>
       </c>
       <c r="D143" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E143" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F143" t="s">
         <v>18</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>445</v>
+        <v>496</v>
       </c>
       <c r="H143" t="s">
-        <v>446</v>
+        <v>497</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>447</v>
+        <v>170</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>282</v>
+        <v>158</v>
       </c>
       <c r="D144" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E144" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F144" t="s">
         <v>18</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>448</v>
+        <v>498</v>
       </c>
       <c r="H144" t="s">
-        <v>449</v>
+        <v>499</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>450</v>
+        <v>174</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>286</v>
+        <v>162</v>
       </c>
       <c r="D145" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E145" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F145" t="s">
         <v>18</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>451</v>
+        <v>500</v>
       </c>
       <c r="H145" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>453</v>
+        <v>178</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>447</v>
+        <v>166</v>
       </c>
       <c r="D146" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E146" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F146" t="s">
         <v>18</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>454</v>
+        <v>502</v>
       </c>
       <c r="H146" t="s">
-        <v>374</v>
+        <v>503</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>455</v>
+        <v>182</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>450</v>
+        <v>170</v>
       </c>
       <c r="D147" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E147" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F147" t="s">
         <v>18</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>456</v>
+        <v>504</v>
       </c>
       <c r="H147" t="s">
-        <v>457</v>
+        <v>505</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>458</v>
+        <v>186</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>455</v>
+        <v>174</v>
       </c>
       <c r="D148" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E148" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F148" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>459</v>
+        <v>506</v>
       </c>
       <c r="H148" t="s">
-        <v>460</v>
+        <v>507</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>461</v>
+        <v>190</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>461</v>
+        <v>178</v>
       </c>
       <c r="D149" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E149" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F149" t="s">
         <v>31</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="H149" t="s">
-        <v>463</v>
+        <v>509</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>464</v>
+        <v>194</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>464</v>
+        <v>182</v>
       </c>
       <c r="D150" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E150" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F150" t="s">
         <v>31</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>465</v>
+        <v>510</v>
       </c>
       <c r="H150" t="s">
-        <v>466</v>
+        <v>511</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>467</v>
+        <v>198</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="D151" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E151" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>468</v>
+        <v>512</v>
       </c>
       <c r="H151" t="s">
-        <v>469</v>
+        <v>513</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>470</v>
+        <v>202</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>296</v>
+        <v>190</v>
       </c>
       <c r="D152" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E152" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>279</v>
+        <v>514</v>
       </c>
       <c r="H152" t="s">
-        <v>471</v>
+        <v>515</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>472</v>
+        <v>206</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>300</v>
+        <v>194</v>
       </c>
       <c r="D153" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E153" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F153" t="s">
         <v>18</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>473</v>
+        <v>516</v>
       </c>
       <c r="H153" t="s">
-        <v>474</v>
+        <v>517</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>475</v>
+        <v>210</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>303</v>
+        <v>198</v>
       </c>
       <c r="D154" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E154" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F154" t="s">
         <v>31</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>476</v>
+        <v>518</v>
       </c>
       <c r="H154" t="s">
-        <v>477</v>
+        <v>519</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>478</v>
+        <v>214</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>306</v>
+        <v>202</v>
       </c>
       <c r="D155" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E155" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>479</v>
+        <v>520</v>
       </c>
       <c r="H155" t="s">
-        <v>480</v>
+        <v>521</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>481</v>
+        <v>218</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>309</v>
+        <v>206</v>
       </c>
       <c r="D156" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E156" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F156" t="s">
         <v>18</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>482</v>
+        <v>522</v>
       </c>
       <c r="H156" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>484</v>
+        <v>222</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>323</v>
+        <v>210</v>
       </c>
       <c r="D157" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E157" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F157" t="s">
         <v>18</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>485</v>
+        <v>523</v>
       </c>
       <c r="H157" t="s">
-        <v>486</v>
+        <v>524</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>487</v>
+        <v>226</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>311</v>
+        <v>214</v>
       </c>
       <c r="D158" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E158" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F158" t="s">
         <v>18</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>488</v>
+        <v>525</v>
       </c>
       <c r="H158" t="s">
-        <v>489</v>
+        <v>526</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>490</v>
+        <v>230</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>328</v>
+        <v>218</v>
       </c>
       <c r="D159" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E159" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>491</v>
+        <v>527</v>
       </c>
       <c r="H159" t="s">
-        <v>492</v>
+        <v>528</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>493</v>
+        <v>75</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>453</v>
+        <v>222</v>
       </c>
       <c r="D160" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E160" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F160" t="s">
         <v>18</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>279</v>
+        <v>529</v>
       </c>
       <c r="H160" t="s">
-        <v>494</v>
+        <v>530</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>495</v>
+        <v>234</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>458</v>
+        <v>226</v>
       </c>
       <c r="D161" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E161" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F161" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>279</v>
+        <v>531</v>
       </c>
       <c r="H161" t="s">
-        <v>496</v>
+        <v>532</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>497</v>
+        <v>238</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>314</v>
+        <v>230</v>
       </c>
       <c r="D162" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E162" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F162" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>279</v>
+        <v>533</v>
       </c>
       <c r="H162" t="s">
-        <v>498</v>
+        <v>534</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>499</v>
+        <v>242</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>470</v>
+        <v>234</v>
       </c>
       <c r="D163" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E163" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F163" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>500</v>
+        <v>535</v>
       </c>
       <c r="H163" t="s">
-        <v>501</v>
+        <v>536</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>502</v>
+        <v>246</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>472</v>
+        <v>238</v>
       </c>
       <c r="D164" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E164" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F164" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>503</v>
+        <v>537</v>
       </c>
       <c r="H164" t="s">
-        <v>504</v>
+        <v>538</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>505</v>
+        <v>250</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>475</v>
+        <v>242</v>
       </c>
       <c r="D165" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E165" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>506</v>
+        <v>539</v>
       </c>
       <c r="H165" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>508</v>
+        <v>254</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>478</v>
+        <v>246</v>
       </c>
       <c r="D166" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E166" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F166" t="s">
-        <v>18</v>
+        <v>419</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>509</v>
+        <v>541</v>
       </c>
       <c r="H166" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>511</v>
+        <v>258</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>481</v>
+        <v>250</v>
       </c>
       <c r="D167" t="s">
-        <v>334</v>
+        <v>447</v>
       </c>
       <c r="E167" t="s">
-        <v>335</v>
+        <v>448</v>
       </c>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>543</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>512</v>
+        <v>544</v>
       </c>
       <c r="H167" t="s">
-        <v>513</v>
+        <v>545</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>514</v>
+        <v>262</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>484</v>
+        <v>254</v>
       </c>
       <c r="D168" t="s">
+        <v>447</v>
+      </c>
+      <c r="E168" t="s">
+        <v>448</v>
+      </c>
+      <c r="F168" t="s">
+        <v>31</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H168" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>266</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>258</v>
+      </c>
+      <c r="D169" t="s">
+        <v>447</v>
+      </c>
+      <c r="E169" t="s">
+        <v>448</v>
+      </c>
+      <c r="F169" t="s">
+        <v>59</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H169" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>270</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>262</v>
+      </c>
+      <c r="D170" t="s">
+        <v>447</v>
+      </c>
+      <c r="E170" t="s">
+        <v>448</v>
+      </c>
+      <c r="F170" t="s">
+        <v>59</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H170" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>274</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>266</v>
+      </c>
+      <c r="D171" t="s">
+        <v>447</v>
+      </c>
+      <c r="E171" t="s">
+        <v>448</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H171" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>278</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>270</v>
+      </c>
+      <c r="D172" t="s">
+        <v>447</v>
+      </c>
+      <c r="E172" t="s">
+        <v>448</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H172" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>282</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>274</v>
+      </c>
+      <c r="D173" t="s">
+        <v>447</v>
+      </c>
+      <c r="E173" t="s">
+        <v>448</v>
+      </c>
+      <c r="F173" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H173" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>286</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>278</v>
+      </c>
+      <c r="D174" t="s">
+        <v>447</v>
+      </c>
+      <c r="E174" t="s">
+        <v>448</v>
+      </c>
+      <c r="F174" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H174" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>290</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>282</v>
+      </c>
+      <c r="D175" t="s">
+        <v>447</v>
+      </c>
+      <c r="E175" t="s">
+        <v>448</v>
+      </c>
+      <c r="F175" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H175" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>294</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>286</v>
+      </c>
+      <c r="D176" t="s">
+        <v>447</v>
+      </c>
+      <c r="E176" t="s">
+        <v>448</v>
+      </c>
+      <c r="F176" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H176" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>346</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>290</v>
+      </c>
+      <c r="D177" t="s">
+        <v>447</v>
+      </c>
+      <c r="E177" t="s">
+        <v>448</v>
+      </c>
+      <c r="F177" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H177" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>298</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>294</v>
+      </c>
+      <c r="D178" t="s">
+        <v>447</v>
+      </c>
+      <c r="E178" t="s">
+        <v>448</v>
+      </c>
+      <c r="F178" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H178" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>350</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>298</v>
+      </c>
+      <c r="D179" t="s">
+        <v>447</v>
+      </c>
+      <c r="E179" t="s">
+        <v>448</v>
+      </c>
+      <c r="F179" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H179" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>302</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>302</v>
+      </c>
+      <c r="D180" t="s">
+        <v>447</v>
+      </c>
+      <c r="E180" t="s">
+        <v>448</v>
+      </c>
+      <c r="F180" t="s">
+        <v>31</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H180" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>306</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>306</v>
+      </c>
+      <c r="D181" t="s">
+        <v>447</v>
+      </c>
+      <c r="E181" t="s">
+        <v>448</v>
+      </c>
+      <c r="F181" t="s">
+        <v>31</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H181" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>358</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>310</v>
+      </c>
+      <c r="D182" t="s">
+        <v>447</v>
+      </c>
+      <c r="E182" t="s">
+        <v>448</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H182" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>362</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>314</v>
+      </c>
+      <c r="D183" t="s">
+        <v>447</v>
+      </c>
+      <c r="E183" t="s">
+        <v>448</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H183" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>366</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>318</v>
+      </c>
+      <c r="D184" t="s">
+        <v>447</v>
+      </c>
+      <c r="E184" t="s">
+        <v>448</v>
+      </c>
+      <c r="F184" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H184" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>370</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>322</v>
+      </c>
+      <c r="D185" t="s">
+        <v>447</v>
+      </c>
+      <c r="E185" t="s">
+        <v>448</v>
+      </c>
+      <c r="F185" t="s">
+        <v>31</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H185" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>374</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>326</v>
+      </c>
+      <c r="D186" t="s">
+        <v>447</v>
+      </c>
+      <c r="E186" t="s">
+        <v>448</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H186" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>378</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>330</v>
+      </c>
+      <c r="D187" t="s">
+        <v>447</v>
+      </c>
+      <c r="E187" t="s">
+        <v>448</v>
+      </c>
+      <c r="F187" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H187" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>382</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>334</v>
       </c>
-      <c r="E168" t="s">
-[...9 lines deleted...]
-        <v>517</v>
+      <c r="D188" t="s">
+        <v>447</v>
+      </c>
+      <c r="E188" t="s">
+        <v>448</v>
+      </c>
+      <c r="F188" t="s">
+        <v>18</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H188" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>386</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>338</v>
+      </c>
+      <c r="D189" t="s">
+        <v>447</v>
+      </c>
+      <c r="E189" t="s">
+        <v>448</v>
+      </c>
+      <c r="F189" t="s">
+        <v>18</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H189" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>390</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>342</v>
+      </c>
+      <c r="D190" t="s">
+        <v>447</v>
+      </c>
+      <c r="E190" t="s">
+        <v>448</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H190" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>394</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>346</v>
+      </c>
+      <c r="D191" t="s">
+        <v>447</v>
+      </c>
+      <c r="E191" t="s">
+        <v>448</v>
+      </c>
+      <c r="F191" t="s">
+        <v>18</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H191" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>398</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>350</v>
+      </c>
+      <c r="D192" t="s">
+        <v>447</v>
+      </c>
+      <c r="E192" t="s">
+        <v>448</v>
+      </c>
+      <c r="F192" t="s">
+        <v>18</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H192" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>402</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>354</v>
+      </c>
+      <c r="D193" t="s">
+        <v>447</v>
+      </c>
+      <c r="E193" t="s">
+        <v>448</v>
+      </c>
+      <c r="F193" t="s">
+        <v>18</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H193" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>410</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>362</v>
+      </c>
+      <c r="D194" t="s">
+        <v>447</v>
+      </c>
+      <c r="E194" t="s">
+        <v>448</v>
+      </c>
+      <c r="F194" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H194" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>595</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>366</v>
+      </c>
+      <c r="D195" t="s">
+        <v>447</v>
+      </c>
+      <c r="E195" t="s">
+        <v>448</v>
+      </c>
+      <c r="F195" t="s">
+        <v>18</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H195" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>598</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>370</v>
+      </c>
+      <c r="D196" t="s">
+        <v>447</v>
+      </c>
+      <c r="E196" t="s">
+        <v>448</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H196" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>601</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>374</v>
+      </c>
+      <c r="D197" t="s">
+        <v>447</v>
+      </c>
+      <c r="E197" t="s">
+        <v>448</v>
+      </c>
+      <c r="F197" t="s">
+        <v>18</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H197" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>604</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>378</v>
+      </c>
+      <c r="D198" t="s">
+        <v>447</v>
+      </c>
+      <c r="E198" t="s">
+        <v>448</v>
+      </c>
+      <c r="F198" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H198" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>607</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>382</v>
+      </c>
+      <c r="D199" t="s">
+        <v>447</v>
+      </c>
+      <c r="E199" t="s">
+        <v>448</v>
+      </c>
+      <c r="F199" t="s">
+        <v>608</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H199" t="s">
+        <v>610</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6460,50 +7545,81 @@
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>