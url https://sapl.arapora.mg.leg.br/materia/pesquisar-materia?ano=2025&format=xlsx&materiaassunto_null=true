--- v0 (2025-10-27)
+++ v1 (2026-02-08)
@@ -10,196 +10,241 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1192" uniqueCount="518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1352" uniqueCount="586">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Dr. Jorddano Henrique Oliveira Fonceca</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n_001-2025-l__jorddano.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 001/2025 L - Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de Araporã e dá outras providências.</t>
   </si>
   <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Mário José de Almeida Gomes (Marinho)</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_002-2025-l_marinho.pdf</t>
+  </si>
+  <si>
+    <t>Implementa a obrigatoriedade de capacitação dos professores da rede de ensino pública e privada para atuação na promoção da igualdade racial, e dá outras  providências.</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_003-2025-l_jorddano.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Inclusão Produtiva de Mães e Pais Solos no Mercado de Trabalho, por Meio da Priorização na Contratação e Vagas em Creches e Escolas Públicas."</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Paulo Henrique Teixeira de Souza - (Mano)</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_n_004-2025_-_l_ph_mano.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Preservação, Conservação e Recuperação das Nascentes no Município de Araporã-MG e dá Outras Providências.</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_n_006-2025-l_jorddano.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Redução da Carga Horária do Servidor Público Municipal que seja Pai, Mãe, Tutor, Curador ou Responsável Legal de Pessoas com  Transtorno do Espectro Autista e Demais Deficiência e dá Outras Providências.</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_n_007-2025-l_jorddano.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 1.306/2019, que "Estabelece Possibilidade do Agendamento Telefônico de Consultas para Pacientes Idosos e para Pessoas com Deficiências já Cadastradas nas Unidades de Saúde do Município e dá Outras Providências", para Incluir Gestantes, Lactantes, Mães com Criança de Colo e Mães de Crianças com Deficiência ou Transtornos de Neurodesenvolvimento entre os Beneficiários do Direito ao Agendamento Telefônico.</t>
+  </si>
+  <si>
     <t>680</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Waldivino José de Lima - (Divino Eletricista)</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Solicita Ao Excelentíssimo Senhor Prefeito Municipal, Wilson Roberto Ribeiro, Que Através Do -Setor Competente Atenda A Seguinte Indicação: Que Coloque Caçambas De Lixo Nos Seguintes Pontos: Saída De Furnas, Água De Coco, Os Guerinos, Saída De Tupaciguara E Saída Para Itumbiara, E Outros Locais Que Estejam Necessitando.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Solicita Ao Senhor Prefeito Do Município De Araporã, Que Atenda a Seguinte Indicação: Que Seja Realizada A Manutenção E Troca De Lâmpadas Dos Postes De Iluminação Pública, Em Especial Na Rua WalTer José De Faria, Bairro Primavera, Na Rua Dinaldo Anizio Sizilio, No Bairro Primavera E No Bairro Madri Atendendo A Solicitação Dos Moradores.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Solicita o Senhor Prefeito Do Município De Araporã, Que Atenda a Seguinte Indicação: Que Seja Realizada A Instalação De Redutores De Velocidade Na Rua Abílio Ferreira Borges (Antiga Rua 06), No Bairro Alvorada E Na Rua Gilberto Sandre (Antiga Rua P6), No Bairro Prima Vera, Atendendo A Solicitação Dos Moradores.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>4</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Solicita o senhor prefeito do município de Araporã, que através do setor competente, atenda a seguinte indicação: Farmacinha móvel é uma iniciativa que visa facilitar o acesso a medicamentos de uso continuo e controlados para a população da zona rural para pessoas om mobilidade reduzida no perímetro urbano.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Maristela Borges Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao excelentíssimo senhor prefeito municipal de Araporã, junto à secretaria Municipal de saúde, que atenda a seguinte indicação: Criação do programa "saúde já Araporã" – entrega imediata de medicamentos no hospital municipal.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Manoel Heleno da Silva (Heleno da Oficina)</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo Municipal que atenda o seguinte requerimento. Venho através deste solicitar que seja colocado braços e lâmpadas em 03 postes de luz na Avenida Santa Barbara próximo ao nº  1510. Araporã Diesel.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>7</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor prefeito do município de Araporã, que através do setor competente, atenda a seguinte indicação:  disponibilização de monitoras nos parques infantis das praças do município.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor prefeito do município de Araporã, que através do setor Competente, atenda a seguinte indicação: Adaptação dos banheiros da sala velório para acessibilidade aos Cadeirantes do município.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_n_009-2025.pdf</t>
@@ -540,63 +585,99 @@
   <si>
     <t>875</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_n_0038-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que atenda o seguinte indicação: que o poder executivo municipal estude a viabilidade de instalar rede de WIFI gratuito em locais públicos de grande acesso na cidade, tais como no lago do bem viver e nas três praças principais.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_039-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao  executivo Municipal que atenda o seguinte INDICAÇÃO: que através do órgão competente (Secretária de Saúde) que faça vistoria nos comércios locais para verificar possivelmente vendas de bebidas adulterados com METANOL.</t>
   </si>
   <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n_040-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que atenda a seguinte indicação: Nos termos regimentais, sugerindo por meio da Secretaria competente e em parceria com a concessionária de energia, seja realizada a extensão da rede elétrica e a instalação de iluminação pública nas seguintes vias do Bairro Zequinha Cachoeira II: Rua I, Rua J, Rua K, Rua José Inácio Ferreira, Avenida Afonso Pena e Rua H.</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n_041-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que através da secretaria de obras e serviços públicos, através do departamento de trânsito atenda a seguinte indicação: que tome as devidas  providências necessárias visando a manutenção da sinalização de trânsito, como: pintura de faixas de pare, placas de pare e faixas de pedestres na rotatória do Mart Minas, conforme fotos anexas.</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n_042-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita através do órgãos competente que faça manutenção das Estrada que da acesso ao aterro Sanitário, na saída da estrada de furnas sentido aterro em frente casa cor azul.</t>
+  </si>
+  <si>
     <t>735</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/735/mocao_n_001-2025.pdf</t>
   </si>
   <si>
-    <t>Cumpre o doloroso dever de encaminhar suas condolências e solidariedade a família da Senhora ROSILDA MARIA DA SILVA, em virtude do seu falecimento ocorrido em l2 / 05 /2025.</t>
+    <t>Cumpre o doloroso dever de encaminhar suas condolências e solidariedade a família da Senhora ROSILDA MARIA DA SILVA, em virtude do seu falecimento ocorrido em12 / 05 /2025.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/736/mocao_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Cumpre o doloroso dever de encaminhar suas condolências e solidariedade a família do Senhor LUIZ CARLOS DA SILVA, em virtude do seu falecimento ocorrido em l5 / 05 /2025.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Solicita Ao Excelentíssimo Senhor Prefeito Municipal, Wilson Roberto Ribeiro, Que Através Do Setor Competente Atenda O Seguinte Requerimento: Que Faça Os Reparos Necessários Para Corrigir As Canaletas De Escoamento De Água Existentes Na lateral Da A V. Santa Bárbara.</t>
   </si>
@@ -857,77 +938,68 @@
   <si>
     <t>Solicita que através do setor competente, atenda o seguinte requerimento: solicita informações sobre as despesas com internações de dependentes químicos em clínicas de reabilitação no ano de 2025, bem como a existência de políticas públicas de apoio às famílias afetadas.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_038-2025.pdf</t>
   </si>
   <si>
     <t>Solicita através do setor competente que faça meio fio no cruzamento da Rua dos Ipê com a avenida das Palmeiras e rua Dos Balsamos com cruzamento da Avenida das Palmeiras.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_039-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que atenda o seguinte requerimento: que seja informado se há previsão para o retorno das excursões pedagógicas no ano letivo vigente, destinadas aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_040-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que através do setor competente, atenda o seguinte requerimento: requer que seja revisto o decreto n° 25212025 e o restabelecimento do valor legal de diárias de alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_n_041-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que através do setor competente, atenda o seguinte requerimento: criação de fundo municipal específico para aplicação de recursos do IPVA.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/857/requerimento_n_042-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que atenda o seguinte requerimento: a possibilidade de conceder isenção de taxas municipais às entidades sem fins lucrativos, tais como associações comunitárias, clubes de serviço, filantrópicas, entidades religiosas, culturais e esportivas que atuam em benefício da população.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Leandro Andrade de Araújo (Japãozinho)</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n_043-2025.pdf</t>
   </si>
   <si>
     <t>Requer Melhorias na iluminação do "LAGO DO BEM VIVER DIVINO BORGES". Considerando que o local citado acima encontra-se escuro causando insegurança a todos que fazem uso do local, LAGO DO BEM VIVER é um espaço público, onde contribui para a interação de atividades, esporte e lazer.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>44</t>
@@ -996,50 +1068,146 @@
     <t>Solicita Que Através Do Setor Competente, Atenda O Seguinte Requerimento: Solicita Informações Sobre O Pagamento Do Adicional De Insalubridade Aos Agentes Comunitários De Saúde (ACS) E Aos Agentes De Comba Te Às Emdemias (ACE), E  Dequação Do Cálculo Conforme Decisões Do Tribunal Superior Do Trabalho.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/883/requerimento_n_050-2025.pdf</t>
   </si>
   <si>
     <t>Solicita Que Através Do Setor Competente: Solicita Estudo Prévio De Impacto Orçamentário E Financeiro Visando À Criação De Um Plano De Carreira E Progressão Salarial Para Os Agentes Comunitários De Saúde (ACE) E Agentes De Comba Te Às Endemias (ACE).</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/884/requerimento_n_051-2025.pdf</t>
   </si>
   <si>
     <t>Solicita Que Através Do Setor Competente, Crie Politicas Publicas De Combate As Drogas E A Violência, Bem Como Solicite Parceria Com A Polícia Militar Para A Implantação Do Proerd Nas Escolas Municipais E Na Guarda Mirim, Conforme O Que Segue:  Solicita Ao Poder Executivo Municipal A Criação De Políticas Públicas De Combate Às Drogas E À Violência, Em Parceria Coma Polícia Militar, Incluindo A Implantação Do Proerd Nas Escolas Municipais E Na Guarda Mirim.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_n_052-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que através do Órgão competente que faça a abertura da travessia da Rua Dos Bálsamos do Bairro Palmeiras para a Rua Maria Cândida no Bairro Madri.</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_n_053-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que através do setor competente atenda o seguinte requerimento: que veja a possibilidade de estar fazendo a reposição de  lâmpadas da praça Dona Valdomira Neves Ferreira e demais praças que estão  faltando.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_n_054-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que através do Setor Compete que verifique a mobilidade de fazer a troca de uma lâmpada na Rua 100 próximo ao n° 355, no bairro Madri.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_n_055-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita através do setor competente que faça um redutor de velocidade (quebra mola) na Rua Gilberto Sandre próximo ao numero 90.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_n_056-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita através do setor competente que faça uma redutor de velocidade ( quebra mola) na Rua Mirian Moura Diniz próximo ao numero 85, Praças das Marias.</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_n_057-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitas através do setor competente que tome as devida providências no aterro Sanitário do Município.</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_n_058-2025.pdf</t>
+  </si>
+  <si>
+    <t>O vereador Leandro Andrade de Araújo que o presente subscreve, no uso de suas atribuições que a lei e ainda o regimento interno lhe confere, as informações detalhadas sobre o não cumprimento das EMENDAS Impositivas previstas para o ano de 2025, conforme segue: 1. Alguma das ações previstas nas emendas já foram realizadas? Em caso negativo que informe o motivo e, em caso positivo que informe o que foi feito. 2. Há algum planejamento por parte do Poder Executivo para cumprimento das ações que ainda não foram realizadas?</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/901/requerimento_n_059-2025.pdf</t>
+  </si>
+  <si>
+    <t>O vereador Leandro Andrade de Araujo que o presente subscreve, no uso de suas atribuições que a lei e ainda o regimento interno lhe confere, as informações detalhadas ao executivo sobre o não pagamento do cartão alimentação dos servidores exonerados.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>Ofício Resposta</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/796/oficio_046-2025_resp._of._004-2025_leandro.pdf</t>
   </si>
   <si>
     <t>Resposta ao ofício sobre reajuste dos valores de alimentação e transporte dos pacientes do TFD.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/797/oficio_no_048-2025_resp._of._005-2025_heleno.pdf</t>
   </si>
   <si>
     <t>Resposta ao oficio sobre aumento de cota para próteses de deficientes físicos.</t>
   </si>
@@ -1573,50 +1741,86 @@
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/848/resp._requerimento_n_039-2025_-_jorddano.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n 039/2025. Vem através deste informar que estão sendo analisados e serão executados de acordo com a viabilidade de recursos do município.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/871/resp._requerimento_n_042-2025_-_heleno.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Requerimento n° 42/2025  acerca da possibilidade de concessão de isenção de taxas municipais às entidades sem fins lucrativos (associações comunitárias, clubes de serviço, filantrópicas, entidades religiosas, culturais e esportivas que atuam em beneficio da população), esta Administração Municipal vem respeitosamente informar sobre a impossibilidade de implementação da medida no momento atual.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/874/resp._requerimento_n_043-2025_-_leandro.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Requerimento n° 43/2025, informamos que por meio da equipe responsável pela iluminação pública, já está realizando as devidas_x000D_
 manutenções das lâmpadas do Lago do Bem Viver "Divino Borges'.</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/904/resp._requerimento_n_052-2025_heleno.pdf</t>
+  </si>
+  <si>
+    <t>Em atenção ao requerimento que solicita a abertura de uma passagem interligando a Rua dos Balsamos à Rua Maria Cândida, a fim de reduzir o trajeto atualmente percorrido pelos moradores dos bairros Palmeiras e Madri, foi realizada análise técnica da situação.</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/905/resp._requerimento_n_054-2025-heleno.pdf</t>
+  </si>
+  <si>
+    <t>Em atenção ao requerimento 054/2025, informamos que a solicitação referente à troca da lâmpada na Rua 100, no Bairro Madri, já está em andamento.</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/906/resp._requerimento_n_053-2025_waldivino.pdf</t>
+  </si>
+  <si>
+    <t>Em atenção ao requerimento solicitando a reposição das lâmpadas da Praça Dona Valdomira Neves Ferreira e demais praças que apresentam pontos de iluminação danificados, informamos o que já foi elaborado o projeto técnico referente às reposições necessárias, bem como realizado o pedido oficial à empresa responsável para execução dos serviços. A empresa já recebeu todas as informações e irá agendar a data de vinda ao município para realizar as substituições das lâmpadas, conforme cronograma interno.</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/907/resp._indicacao_n_041-2025_-_waldivino.pdf</t>
+  </si>
+  <si>
+    <t>Em atenção a Indicação 041/2025, no qual solicita a adoção de providências referentes à sinalização de trânsito do município - incluindo instalação e manutenção de placas de "PARE", placas de identificação de endereços e demais dispositivos - informamos: No momento, esta Secretaria não dispõe de empresa contratada para execução desses serviços de forma completa e contínua. Entretanto, destaca-se que já se encontra em andamento o processo licitatório destinado à contratação de empresa especializada para atender às demandas de sinalização viária do município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1920,56 +2124,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n_001-2025-l__jorddano.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/691/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/693/indicacao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/694/indicacao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/697/indicacao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/717/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/793/indicacao_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_n_033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_n_034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/865/indicacao_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_n_0038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/735/mocao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/736/mocao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/721/requerimento_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/722/requerimento_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/852/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/857/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/879/requerimento_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/883/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/884/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/796/oficio_046-2025_resp._of._004-2025_leandro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/797/oficio_no_048-2025_resp._of._005-2025_heleno.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/799/oficio_n_064-2025_resp._oficio_003-2025_marinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/803/resposta_varios_-_waldivino.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/806/resp_oficio_farmacia_movel_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/807/resp._oficio_saude_ja_-_maristela.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/809/resp._oficio_-_contatacao_de_veterinario_-_naiara.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/810/resp._oficio_ubs_-_heli.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/816/resp._aos_oficios_n_012-2025_e_oficio_n_014-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/817/resp._ao_oficio_n013-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/820/resp._ao_oficio_gratificacao_-_heli.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/828/resp_oficio_n_020-2025_comissao_terapia.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/829/resp._oficio_n_021-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/830/resp._requerimento_-_ar_condicionado_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/838/referente_requerimento_verbal_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/839/resp._oficio_030-2025_-_waldivino_-_bolsa_medicina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/847/resposta_ao_oficio_n_029-2025_-_ph.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/798/resp._indicacao_n01-2025_waldivino.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/800/resp._indicacao_n_003-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/802/resp._indicacao_n_002-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/808/resp._indicacao_n_008-2025_-ph.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/812/resp_indicacao_n_006-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/813/resp._indicacao_n_015-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/815/resp._indicacao_n_010-2025_-_ph.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/818/resp._indicacao_n_007_-2025_ph.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/825/resp._indicacao_n_017-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/826/resp._indicacao_n_020-2025_-_naiara.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/827/resp._indicacoa_n_019-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/831/resp._indicacao_n_016-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/841/resposta_indicacao_n__25-2025_-_escola_sem_bullying_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/842/resposta_a_indicacao_no_027-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/844/resposta_a_indicacao_n_026-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/849/resposta_a_indicacao_no_35-2025_-_maristela.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/850/resposta_a_indicacao_n_030-2025_-_ph.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/868/resp._indicacoes_n_033_e_034-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/869/resp._indicacao_n_032-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/870/resp._indicacao_n_031-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/872/resp._indicacao_n_036-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/873/resp._indicacao_n_037-2025_-_waldivino.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/801/resp._requerimento_n_001-2025_waldivino.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/804/resp._requerimento_n_007-2025_coleta_lixo_-_ph.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/805/resp._requerimento_n_004-2025_via_publica_-_ph.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/811/resp._requerimento_n_005-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/814/resp._requerimento_n_013-2025_casamento_comunitario-_ph.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/819/resp._requerimento_n_o_10-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/821/reps._requerimento_-_radares_-_heli.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/822/resp._requerimento_n_014_-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/823/resp._ao_requerimento_-_maistela.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/824/resp._requrimento_012-2025_ph.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/832/resp._requerimento_n_022-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/833/resp._requerimento_n_027-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/834/resp._requerimento_n_024-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/835/resp._requerimento_n_025-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/836/resp._requerimento_n_020-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/837/resp._requerimento_n_018-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/840/resp._requerimento_n_026-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/843/resposta_ao_requerimento_n_038-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/845/resp._requerimento_n_028-2025_-__heleno.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/848/resp._requerimento_n_039-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/871/resp._requerimento_n_042-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/874/resp._requerimento_n_043-2025_-_leandro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_lei_n_001-2025-l__jorddano.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_002-2025-l_marinho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_003-2025-l_jorddano.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_n_004-2025_-_l_ph_mano.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_n_006-2025-l_jorddano.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_n_007-2025-l_jorddano.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/691/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/693/indicacao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/694/indicacao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/697/indicacao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/717/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/793/indicacao_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_n_033-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_n_034-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/865/indicacao_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_n_0038-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/735/mocao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/736/mocao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/721/requerimento_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/722/requerimento_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/852/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/857/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/879/requerimento_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/883/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/884/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_n_056-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_n_057-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/901/requerimento_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/796/oficio_046-2025_resp._of._004-2025_leandro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/797/oficio_no_048-2025_resp._of._005-2025_heleno.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/799/oficio_n_064-2025_resp._oficio_003-2025_marinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/803/resposta_varios_-_waldivino.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/806/resp_oficio_farmacia_movel_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/807/resp._oficio_saude_ja_-_maristela.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/809/resp._oficio_-_contatacao_de_veterinario_-_naiara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/810/resp._oficio_ubs_-_heli.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/816/resp._aos_oficios_n_012-2025_e_oficio_n_014-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/817/resp._ao_oficio_n013-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/820/resp._ao_oficio_gratificacao_-_heli.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/828/resp_oficio_n_020-2025_comissao_terapia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/829/resp._oficio_n_021-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/830/resp._requerimento_-_ar_condicionado_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/838/referente_requerimento_verbal_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/839/resp._oficio_030-2025_-_waldivino_-_bolsa_medicina.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/847/resposta_ao_oficio_n_029-2025_-_ph.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/798/resp._indicacao_n01-2025_waldivino.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/800/resp._indicacao_n_003-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/802/resp._indicacao_n_002-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/808/resp._indicacao_n_008-2025_-ph.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/812/resp_indicacao_n_006-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/813/resp._indicacao_n_015-2025_jorddano.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/815/resp._indicacao_n_010-2025_-_ph.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/818/resp._indicacao_n_007_-2025_ph.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/825/resp._indicacao_n_017-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/826/resp._indicacao_n_020-2025_-_naiara.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/827/resp._indicacoa_n_019-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/831/resp._indicacao_n_016-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/841/resposta_indicacao_n__25-2025_-_escola_sem_bullying_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/842/resposta_a_indicacao_no_027-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/844/resposta_a_indicacao_n_026-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/849/resposta_a_indicacao_no_35-2025_-_maristela.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/850/resposta_a_indicacao_n_030-2025_-_ph.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/868/resp._indicacoes_n_033_e_034-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/869/resp._indicacao_n_032-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/870/resp._indicacao_n_031-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/872/resp._indicacao_n_036-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/873/resp._indicacao_n_037-2025_-_waldivino.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/801/resp._requerimento_n_001-2025_waldivino.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/804/resp._requerimento_n_007-2025_coleta_lixo_-_ph.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/805/resp._requerimento_n_004-2025_via_publica_-_ph.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/811/resp._requerimento_n_005-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/814/resp._requerimento_n_013-2025_casamento_comunitario-_ph.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/819/resp._requerimento_n_o_10-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/821/reps._requerimento_-_radares_-_heli.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/822/resp._requerimento_n_014_-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/823/resp._ao_requerimento_-_maistela.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/824/resp._requrimento_012-2025_ph.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/832/resp._requerimento_n_022-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/833/resp._requerimento_n_027-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/834/resp._requerimento_n_024-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/835/resp._requerimento_n_025-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/836/resp._requerimento_n_020-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/837/resp._requerimento_n_018-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/840/resp._requerimento_n_026-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/843/resposta_ao_requerimento_n_038-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/845/resp._requerimento_n_028-2025_-__heleno.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/848/resp._requerimento_n_039-2025_-_jorddano.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/871/resp._requerimento_n_042-2025_-_heleno.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/874/resp._requerimento_n_043-2025_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/904/resp._requerimento_n_052-2025_heleno.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/905/resp._requerimento_n_054-2025-heleno.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/906/resp._requerimento_n_053-2025_waldivino.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapora.mg.leg.br/media/sapl/public/materialegislativa/2025/907/resp._indicacao_n_041-2025_-_waldivino.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H149"/>
+  <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2001,3862 +2205,4382 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="F8" t="s">
         <v>41</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F10" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F12" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H13" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F20" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="H20" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F22" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H22" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F23" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="H23" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="H24" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="H25" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="H26" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="H27" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H28" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F30" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F31" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="H31" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F32" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="H32" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F33" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F34" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="H34" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="H35" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F36" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="H36" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F37" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="H37" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="H38" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F39" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="H39" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E40" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="H40" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>172</v>
       </c>
       <c r="D41" t="s">
-        <v>177</v>
+        <v>39</v>
       </c>
       <c r="E41" t="s">
-        <v>178</v>
+        <v>40</v>
       </c>
       <c r="F41" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="D42" t="s">
+        <v>39</v>
+      </c>
+      <c r="E42" t="s">
+        <v>40</v>
+      </c>
+      <c r="F42" t="s">
+        <v>59</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="E42" t="s">
+      <c r="H42" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="D43" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="E43" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="H43" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>23</v>
+        <v>184</v>
       </c>
       <c r="D44" t="s">
+        <v>39</v>
+      </c>
+      <c r="E44" t="s">
+        <v>40</v>
+      </c>
+      <c r="F44" t="s">
+        <v>27</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="D45" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="E45" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="G45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H45" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" t="s">
+        <v>39</v>
+      </c>
+      <c r="E46" t="s">
+        <v>40</v>
+      </c>
+      <c r="F46" t="s">
+        <v>116</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B46" t="s">
-[...14 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>196</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="E47" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H47" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>199</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>41</v>
+        <v>200</v>
       </c>
       <c r="D48" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="E48" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="F48" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="F49" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="H49" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
+        <v>204</v>
+      </c>
+      <c r="E50" t="s">
         <v>205</v>
       </c>
-      <c r="B50" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F50" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E51" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F51" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H51" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="D52" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E52" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F52" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="D53" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E53" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>190</v>
+        <v>217</v>
       </c>
       <c r="H53" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="D54" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E54" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F54" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H54" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="D55" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E55" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F55" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H55" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="D56" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E56" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="H56" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="D57" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E57" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F57" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>190</v>
+        <v>230</v>
       </c>
       <c r="H57" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="D58" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E58" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H58" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="D59" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E59" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F59" t="s">
-        <v>42</v>
+        <v>116</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H59" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>234</v>
+        <v>74</v>
       </c>
       <c r="D60" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E60" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F60" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="H60" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>109</v>
+        <v>78</v>
       </c>
       <c r="D61" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E61" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F61" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>238</v>
+        <v>217</v>
       </c>
       <c r="H61" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="D62" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E62" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F62" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="H62" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>117</v>
+        <v>87</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E63" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F63" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="H63" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="D64" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E64" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F64" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H64" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="D65" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E65" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F65" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="H65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="D66" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E66" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F66" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H66" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="D67" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E67" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F67" t="s">
-        <v>101</v>
+        <v>59</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H67" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>137</v>
+        <v>261</v>
       </c>
       <c r="D68" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E68" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F68" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="H68" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="D69" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E69" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F69" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="H69" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>145</v>
+        <v>128</v>
       </c>
       <c r="D70" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E70" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F70" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="H70" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="D71" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E71" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F71" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>190</v>
+        <v>271</v>
       </c>
       <c r="H71" t="s">
-        <v>191</v>
+        <v>272</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>161</v>
+        <v>136</v>
       </c>
       <c r="D72" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E72" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F72" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H72" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>165</v>
+        <v>140</v>
       </c>
       <c r="D73" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E73" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F73" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H73" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="D74" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E74" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F74" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H74" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>173</v>
+        <v>148</v>
       </c>
       <c r="D75" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E75" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H75" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>281</v>
+        <v>152</v>
       </c>
       <c r="D76" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E76" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F76" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H76" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>285</v>
+        <v>156</v>
       </c>
       <c r="D77" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E77" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F77" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H77" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="D78" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E78" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F78" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H78" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>293</v>
+        <v>164</v>
       </c>
       <c r="D79" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E79" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F79" t="s">
-        <v>294</v>
+        <v>27</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>295</v>
+        <v>217</v>
       </c>
       <c r="H79" t="s">
-        <v>296</v>
+        <v>218</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>176</v>
+      </c>
+      <c r="D80" t="s">
+        <v>212</v>
+      </c>
+      <c r="E80" t="s">
+        <v>213</v>
+      </c>
+      <c r="F80" t="s">
+        <v>27</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H80" t="s">
         <v>297</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>298</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>180</v>
+      </c>
+      <c r="D81" t="s">
+        <v>212</v>
+      </c>
+      <c r="E81" t="s">
+        <v>213</v>
+      </c>
+      <c r="F81" t="s">
+        <v>27</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H81" t="s">
         <v>300</v>
-      </c>
-[...19 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>305</v>
+        <v>184</v>
       </c>
       <c r="D82" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E82" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F82" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="H82" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>309</v>
+        <v>188</v>
       </c>
       <c r="D83" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E83" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F83" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="H83" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>313</v>
+        <v>192</v>
       </c>
       <c r="D84" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E84" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="H84" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>317</v>
+        <v>196</v>
       </c>
       <c r="D85" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E85" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F85" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="H85" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>321</v>
+        <v>200</v>
       </c>
       <c r="D86" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E86" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F86" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="H86" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="D87" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="E87" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="F87" t="s">
-        <v>47</v>
+        <v>318</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="H87" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>322</v>
       </c>
       <c r="D88" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E88" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F88" t="s">
-        <v>294</v>
+        <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>217</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>23</v>
+        <v>325</v>
       </c>
       <c r="D89" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E89" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F89" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>27</v>
+        <v>329</v>
       </c>
       <c r="D90" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E90" t="s">
+        <v>213</v>
+      </c>
+      <c r="F90" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="F90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>31</v>
+        <v>333</v>
       </c>
       <c r="D91" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E91" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="H91" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>36</v>
+        <v>337</v>
       </c>
       <c r="D92" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E92" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F92" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>41</v>
+        <v>341</v>
       </c>
       <c r="D93" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E93" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F93" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="H93" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>46</v>
+        <v>345</v>
       </c>
       <c r="D94" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E94" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F94" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="H94" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>348</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>349</v>
+      </c>
+      <c r="D95" t="s">
+        <v>212</v>
+      </c>
+      <c r="E95" t="s">
+        <v>213</v>
+      </c>
+      <c r="F95" t="s">
+        <v>27</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H95" t="s">
         <v>351</v>
-      </c>
-[...19 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>352</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>353</v>
+      </c>
+      <c r="D96" t="s">
+        <v>212</v>
+      </c>
+      <c r="E96" t="s">
+        <v>213</v>
+      </c>
+      <c r="F96" t="s">
+        <v>59</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B96" t="s">
-[...14 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>356</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>357</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E97" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H97" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>360</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>63</v>
+        <v>361</v>
       </c>
       <c r="D98" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E98" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F98" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H98" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>68</v>
+        <v>365</v>
       </c>
       <c r="D99" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E99" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F99" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H99" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>72</v>
+        <v>369</v>
       </c>
       <c r="D100" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E100" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F100" t="s">
-        <v>294</v>
+        <v>59</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="H100" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>76</v>
+        <v>373</v>
       </c>
       <c r="D101" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E101" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F101" t="s">
-        <v>294</v>
+        <v>59</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H101" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>80</v>
+        <v>377</v>
       </c>
       <c r="D102" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E102" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F102" t="s">
-        <v>32</v>
+        <v>318</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="H102" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>84</v>
+        <v>381</v>
       </c>
       <c r="D103" t="s">
-        <v>329</v>
+        <v>212</v>
       </c>
       <c r="E103" t="s">
-        <v>330</v>
+        <v>213</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
+        <v>318</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="H103" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>329</v>
+        <v>385</v>
       </c>
       <c r="E104" t="s">
-        <v>330</v>
+        <v>386</v>
       </c>
       <c r="F104" t="s">
-        <v>47</v>
+        <v>318</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="H104" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D105" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E105" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="H105" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>392</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>22</v>
+      </c>
+      <c r="D106" t="s">
+        <v>385</v>
+      </c>
+      <c r="E106" t="s">
         <v>386</v>
       </c>
-      <c r="B106" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="H106" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D107" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E107" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="H107" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="D108" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E108" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F108" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="H108" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D109" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E109" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F109" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="H109" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D110" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E110" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="H110" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="D111" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E111" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F111" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="H111" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="D112" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E112" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F112" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="H112" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="D113" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E113" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="H113" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="D114" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E114" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F114" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="H114" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="D115" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E115" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="H115" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="D116" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E116" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>318</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="H116" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="D117" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E117" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>318</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="H117" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="D118" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E118" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="H118" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="D119" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E119" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="H119" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D120" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E120" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>190</v>
+        <v>435</v>
       </c>
       <c r="H120" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E121" t="s">
-        <v>383</v>
+        <v>439</v>
       </c>
       <c r="F121" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H121" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="D122" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E122" t="s">
-        <v>383</v>
+        <v>439</v>
       </c>
       <c r="F122" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="H122" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="D123" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E123" t="s">
-        <v>383</v>
+        <v>439</v>
       </c>
       <c r="F123" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="H123" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>448</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>26</v>
+      </c>
+      <c r="D124" t="s">
+        <v>438</v>
+      </c>
+      <c r="E124" t="s">
         <v>439</v>
       </c>
-      <c r="B124" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F124" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="H124" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>234</v>
+        <v>54</v>
       </c>
       <c r="D125" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E125" t="s">
-        <v>383</v>
+        <v>439</v>
       </c>
       <c r="F125" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="H125" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="D126" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E126" t="s">
-        <v>383</v>
+        <v>439</v>
       </c>
       <c r="F126" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="H126" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="D127" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E127" t="s">
-        <v>383</v>
+        <v>439</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="H127" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D128" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E128" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F128" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="H128" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="D129" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E129" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F129" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="H129" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="D130" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E130" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F130" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="H130" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="D131" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E131" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F131" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="H131" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="D132" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E132" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F132" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="H132" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="D133" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E133" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F133" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="H133" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="D134" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E134" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F134" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="H134" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="D135" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E135" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="H135" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>55</v>
+        <v>99</v>
       </c>
       <c r="D136" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E136" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F136" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>477</v>
+        <v>217</v>
       </c>
       <c r="H136" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="D137" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E137" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F137" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="H137" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>63</v>
+        <v>107</v>
       </c>
       <c r="D138" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E138" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F138" t="s">
-        <v>294</v>
+        <v>27</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="H138" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="D139" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E139" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F139" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="H139" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>72</v>
+        <v>115</v>
       </c>
       <c r="D140" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E140" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F140" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="H140" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>76</v>
+        <v>261</v>
       </c>
       <c r="D141" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E141" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F141" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="H141" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="D142" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E142" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F142" t="s">
-        <v>294</v>
+        <v>59</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="H142" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="D143" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E143" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="F143" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="H143" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E144" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="F144" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="H144" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="D145" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E145" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="F145" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="H145" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="D146" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E146" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="F146" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="H146" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="D147" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E147" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="H147" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>234</v>
+        <v>54</v>
       </c>
       <c r="D148" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E148" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="F148" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="H148" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="D149" t="s">
-        <v>382</v>
+        <v>438</v>
       </c>
       <c r="E149" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="F149" t="s">
-        <v>294</v>
+        <v>59</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="H149" t="s">
-        <v>517</v>
+        <v>525</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>526</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>35</v>
+      </c>
+      <c r="D150" t="s">
+        <v>438</v>
+      </c>
+      <c r="E150" t="s">
+        <v>508</v>
+      </c>
+      <c r="F150" t="s">
+        <v>79</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H150" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>529</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>66</v>
+      </c>
+      <c r="D151" t="s">
+        <v>438</v>
+      </c>
+      <c r="E151" t="s">
+        <v>508</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H151" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>532</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>70</v>
+      </c>
+      <c r="D152" t="s">
+        <v>438</v>
+      </c>
+      <c r="E152" t="s">
+        <v>508</v>
+      </c>
+      <c r="F152" t="s">
+        <v>55</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H152" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>535</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>74</v>
+      </c>
+      <c r="D153" t="s">
+        <v>438</v>
+      </c>
+      <c r="E153" t="s">
+        <v>508</v>
+      </c>
+      <c r="F153" t="s">
+        <v>27</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H153" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>538</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>78</v>
+      </c>
+      <c r="D154" t="s">
+        <v>438</v>
+      </c>
+      <c r="E154" t="s">
+        <v>508</v>
+      </c>
+      <c r="F154" t="s">
+        <v>318</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H154" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>541</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>83</v>
+      </c>
+      <c r="D155" t="s">
+        <v>438</v>
+      </c>
+      <c r="E155" t="s">
+        <v>508</v>
+      </c>
+      <c r="F155" t="s">
+        <v>59</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H155" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>544</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>87</v>
+      </c>
+      <c r="D156" t="s">
+        <v>438</v>
+      </c>
+      <c r="E156" t="s">
+        <v>508</v>
+      </c>
+      <c r="F156" t="s">
+        <v>59</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H156" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>547</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>91</v>
+      </c>
+      <c r="D157" t="s">
+        <v>438</v>
+      </c>
+      <c r="E157" t="s">
+        <v>508</v>
+      </c>
+      <c r="F157" t="s">
+        <v>59</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H157" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>550</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>95</v>
+      </c>
+      <c r="D158" t="s">
+        <v>438</v>
+      </c>
+      <c r="E158" t="s">
+        <v>508</v>
+      </c>
+      <c r="F158" t="s">
+        <v>318</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H158" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>553</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>99</v>
+      </c>
+      <c r="D159" t="s">
+        <v>438</v>
+      </c>
+      <c r="E159" t="s">
+        <v>508</v>
+      </c>
+      <c r="F159" t="s">
+        <v>59</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H159" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>556</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>103</v>
+      </c>
+      <c r="D160" t="s">
+        <v>438</v>
+      </c>
+      <c r="E160" t="s">
+        <v>508</v>
+      </c>
+      <c r="F160" t="s">
+        <v>59</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H160" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>559</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>107</v>
+      </c>
+      <c r="D161" t="s">
+        <v>438</v>
+      </c>
+      <c r="E161" t="s">
+        <v>508</v>
+      </c>
+      <c r="F161" t="s">
+        <v>59</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H161" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>562</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>111</v>
+      </c>
+      <c r="D162" t="s">
+        <v>438</v>
+      </c>
+      <c r="E162" t="s">
+        <v>508</v>
+      </c>
+      <c r="F162" t="s">
+        <v>59</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H162" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>565</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>115</v>
+      </c>
+      <c r="D163" t="s">
+        <v>438</v>
+      </c>
+      <c r="E163" t="s">
+        <v>508</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H163" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>568</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>261</v>
+      </c>
+      <c r="D164" t="s">
+        <v>438</v>
+      </c>
+      <c r="E164" t="s">
+        <v>508</v>
+      </c>
+      <c r="F164" t="s">
+        <v>59</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H164" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>571</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>120</v>
+      </c>
+      <c r="D165" t="s">
+        <v>438</v>
+      </c>
+      <c r="E165" t="s">
+        <v>508</v>
+      </c>
+      <c r="F165" t="s">
+        <v>318</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H165" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>574</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>124</v>
+      </c>
+      <c r="D166" t="s">
+        <v>438</v>
+      </c>
+      <c r="E166" t="s">
+        <v>508</v>
+      </c>
+      <c r="F166" t="s">
+        <v>59</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H166" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>577</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>128</v>
+      </c>
+      <c r="D167" t="s">
+        <v>438</v>
+      </c>
+      <c r="E167" t="s">
+        <v>508</v>
+      </c>
+      <c r="F167" t="s">
+        <v>59</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H167" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>580</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>132</v>
+      </c>
+      <c r="D168" t="s">
+        <v>438</v>
+      </c>
+      <c r="E168" t="s">
+        <v>508</v>
+      </c>
+      <c r="F168" t="s">
+        <v>41</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H168" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>583</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>136</v>
+      </c>
+      <c r="D169" t="s">
+        <v>438</v>
+      </c>
+      <c r="E169" t="s">
+        <v>508</v>
+      </c>
+      <c r="F169" t="s">
+        <v>41</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H169" t="s">
+        <v>585</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5965,50 +6689,70 @@
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>